--- v0 (2025-10-12)
+++ v1 (2025-11-27)
@@ -1,83 +1,87 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="164011"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admin\Desktop\★25학년도 학생지원처_히진\비교과마일리지 업무\★2025년 비교과 마일리지\홈페이지 변경신청\2025 3분기\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\admin\Desktop\★학생지원처_희진\비교과마일리지\★2025년 비교과 마일리지\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B58FA26-0C5F-42E1-9879-D4BB5C0A3E33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="비교과 프로그램 목록" sheetId="3" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'비교과 프로그램 목록'!$A$3:$J$52</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'비교과 프로그램 목록'!$A$3:$J$60</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="414" uniqueCount="277">
   <si>
     <t>학생지원처</t>
   </si>
   <si>
     <t>기획처</t>
   </si>
   <si>
     <t>한새 예비교사 역량(COMPASS)진단</t>
   </si>
   <si>
     <t>부산교육대학교 통합만족도 조사</t>
   </si>
   <si>
     <t>LCC(learning Clinic Center)사업</t>
   </si>
   <si>
     <t xml:space="preserve">영남3교대 프로그램 </t>
   </si>
   <si>
     <t>부산교육대학교 학생 홍보대사</t>
   </si>
   <si>
     <t>학술정보관</t>
   </si>
   <si>
@@ -197,85 +201,69 @@
     <t>8~16시간</t>
   </si>
   <si>
     <t>2시간</t>
   </si>
   <si>
     <t>4개월</t>
   </si>
   <si>
     <t>20시간</t>
   </si>
   <si>
     <t>회당 2시간</t>
   </si>
   <si>
     <t xml:space="preserve">2시간 </t>
   </si>
   <si>
     <t>1일</t>
   </si>
   <si>
     <t xml:space="preserve">1박 2일 </t>
   </si>
   <si>
     <t>3시간</t>
-  </si>
-[...10 lines deleted...]
-    <t>8~10</t>
   </si>
   <si>
     <t>마일리지 점수</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>2시간</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>참가 10
 수상 20</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>내선번호</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>대학생활에 필요한 정보 등을 제공하고 학생의 면담수요에 맞춘 지도를 실시하여 안정적이고 빠른 대학생활 적응 지원</t>
-[...2 lines deleted...]
-  <si>
     <t>-</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>연번</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>비고</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>시간기준 마일리지 적용 제외</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>1회 30분 이상
 (한 학기당 최대 2회 인정)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>제한없음</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
@@ -293,53 +281,50 @@
 (지침 제9조제2항제1호)</t>
   </si>
   <si>
     <t>미래 핵심역량을 갖춘 초등교육 인재양성을 위한 
 예비교사 역량 진단(학사정보시스템을 활용한 조사)</t>
   </si>
   <si>
     <t>학부재학생
 (1~3학년)</t>
   </si>
   <si>
     <t>시간기준 마일리지 적용 제외
 (지침 제9조제2항제3호)</t>
   </si>
   <si>
     <t>250명</t>
   </si>
   <si>
     <t xml:space="preserve">영남3교대 비교과프로그램(해양대 패들보드)  </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>국외교환학생 멘토링 프로그램</t>
   </si>
   <si>
-    <t>매학기별 국외 교환학생의 출신국가 및 성별에 따라 1:1로 짝이되어, 학교생활 적응을 위한 멘토링 프로그램 진행</t>
-[...1 lines deleted...]
-  <si>
     <t>매학기 변동</t>
   </si>
   <si>
     <t>전자정보박람회 후기 이벤트</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>구) 학술정보관 퀴즈이벤트</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학술정보관</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>독서감상문 쓰기 대회</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>지정도서를 읽고 독서감상문을 작성하는 프로그램</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학부재학생</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -426,109 +411,62 @@
   </si>
   <si>
     <t>주 2시간×16회</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>시간기준 마일리지 적용 제외
 (지침 제9조제2항제1호)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>지역학생대상 교육봉사 프로그램</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>지역 학교 학생들 대상 교육 봉사를 진행함으로써 
 현장교육 경험 및 올바른 교육관 함양</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학부재학생을 대상으로 대학운영, 교육과정 등에 대한 
 중요도 및 대학생활 만족도에 관한 온라인 설문 실시</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>부산교육대학교 재학생을 대표하여 교내외 공식 행사
-[...8 lines deleted...]
-  <si>
     <t xml:space="preserve">급변하는 미래 교실 환경에 적용 가능한 
 창의적·혁신적 수업 접근법 발굴 및 비평 능력 함양  </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">교내 대회 우승자를 대상으로 현직교사의 
 지속적인 피드백 제공을 제공하여 전국 대회 출전  </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>창의융합 초등교육과 연계하여 에듀테크 교구를 
 활용한 교과별 게이미피케이션 특강 프로그램</t>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...35 lines deleted...]
-    </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">행사 참여 후 경품추첨 응모권을 
 제출한 학생 대상 </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>&lt; 비교과 프로그램 목록 &gt;</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">대학의 교수학습 실태 및 수준을 체계적으로 
 파악하기 위한 설문조사 시행(기관을 통한 조사 협조) </t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>자율구성한 그룹별 독서활동을 통해 
 공감,소통,협력하는 대학의 인재상 강화</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학술정보관에서 선정한 도서를 읽고 같은 플랫폼에 
 서평을 작성하여 학내 구성원간 의견 교환</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -562,130 +500,106 @@
   <si>
     <t>또래상담 기법 훈련 및 대인관계 기술을 습득하여 
 교내 동료 상담 활동 진행</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>성평등 사회를 만들기 위해 젠더기반 폭력 유형과 원인, 
 대응방법 등에 대한 인식 제고 특강</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>신입생들의 학교 적응수준과 심리적 자원을 
 파악하여 적절한 지원 제공</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>기획처</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>예비교원 창업 역량 강화 프로그램
 "교육창업? 나도해볼까!"</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>쉽게 이해하는 창업, 생각의 전환으로 그려보는 
-[...3 lines deleted...]
-  <si>
     <t>학부재학생</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>30여명</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>2시간</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>2024.5.16. 신규등록</t>
-[...2 lines deleted...]
-  <si>
     <t>1~3학년</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>7시간</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Bridge 교사연구회</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve"> -</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>회당 2시간×5회 이상</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>AI·디지털 활용 연수</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>회당 2시간</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>에듀테크·디지털 활용 및 자유 주제 경진대회 후 시상</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>4팀
-[...3 lines deleted...]
-  <si>
     <t>1일</t>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...3 lines deleted...]
-최우수 20</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>예비교원의 현장·교육역량 강화를 위한 연구회 
 자체 특강·연수(특강·연수 5회 이상 참여 시)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Bridge 
 교사연구회
 소속 재학생</t>
-    <phoneticPr fontId="1" type="noConversion"/>
-[...3 lines deleted...]
-연수 진행</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>2024. 6. 27. 세부과정 추가
 (쑥쑥 과학 실험 클리닉, 
 멘토-멘티 클리닉)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학생지원처</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>인성</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="HY엽서M"/>
         <family val="1"/>
         <charset val="129"/>
       </rPr>
       <t>·</t>
@@ -698,530 +612,708 @@
         <family val="3"/>
         <charset val="129"/>
       </rPr>
       <t>예절교육</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>예절과 인성 함양의 바탕이 되는 프로그램을 통해
 예비초등교원이 갖추어야 할 소양 강화 지원</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>미이수자</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>-</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>16시간(P/F)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>- 수학을 꿈꾸는 아이와 함께 하는 수학 교실
-[...4 lines deleted...]
-  <si>
     <t>미래교육원</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>미래교육박람회 참여</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>예비교원의 에듀테크 역량 강화를 위해 미래교육 관련 박람회
 및 행사 참가 지원(소감문 제출 시 인정)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학부 재학생</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>-</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>수업 콘텐츠 자료 제작 및 
 개발 경진대회</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>학부재학생</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>8명</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>대학 교수학습 혁신에 관한 설문조사(NASEL-i)(NAFET-i)</t>
-[...2 lines deleted...]
-  <si>
     <t>1박 2일
 (16시간)</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>기획처</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>각 60여명
+(총 120명)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2회(각 2시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>회차별 4점</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>PNU-BNUE 글로벌 
+에듀테크 창업캠프</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>스타트업 도전 골든벨 AI를 활용한 숏폼제작 숏폼 경진대회</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>15여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(16시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>창업 아이디어를 위한 
+앙트러프러너십 실습</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>N잡러의 다퍼주는 창업 노하우</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>창업 아이디어 문제발견과 분석, 실습</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>고등학교 교사에서 교육컨설팅 창업 노하우</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>부산대, 
+지역청년 포함</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>20명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>60명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2024. 11. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2024 부산교육대학교 
+글로컬 성과포럼</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>300여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(6시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기획처</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>부산공동대학혁신센터(BIUI)
+명사 초청 특강</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>행복해질 결심, 대학생의 정신건강</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>50여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(2시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>10명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1박2일(16시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>65명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2회기(2시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>비교과 프로그램 참여후기 공모전</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1일</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>기획처</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>PNU-BNUE 
+창업경영시뮬레이션 교육</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부 재학생</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>15여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(16시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>교육특화총괄본부</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>에듀테크 관련 자격과정 역량 강화 교육
+- HTHT 맞춤형 교육전문가 2급 자격과정</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>에듀테크 관련 자격과정 역량 강화 교육
+- AI-GPT 교육전문가 1급 과정</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>27개 강좌(2~10시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>오프라인 3회(12시간)
+온라인 25차시(25시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>온라인 15차시(15시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>13여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>16여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부생과 교원이 팀이 되어 전공별 교육현장 역량 강화에 
+적합한 해외 현장조사 실시</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>선배 DAY: 교사 출신 선배가 들려주는 
+새로운 진로와 창업 1, 2부</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>당해 우리대학에서 운영한 비교과 프로그램에 참여한 
+후기 PT 발표 및 동영상 전시</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학생 집단심리치료 프로그램</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>예비초등교사를 위한 
+교직관 함양 캠프</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025년) 주제별 연14회 운영 예정</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>개설 부서</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>교무처</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>심화전공 선배 멘토링 프로그램</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025. 7. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>26명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>월 16시간(최대) x 6개월</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">전공자율선택제 입학생의 대학생활적응과 전공 탐색, 
+학업지원을 돕기 위한 심화과정별 재학생(2학년, 3학년) 
+각 2명씩 선발하여 1학년 대상 멘토링 진행 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>미래교육원</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>AI·디지털 융합 교육 콘텐츠 개발 경진대회</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>초등학생용 학습 교구 개발 공모전</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>미래교육 첨단실습실 활성화 프로그램</t>
+  </si>
+  <si>
+    <t>예비 교사의 AI 디지털 기술 기반 교육 콘텐츠 개발 역량 강화</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1일</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(1시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>수상 20
+참가 10</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>초등학생용 학습 교구 개발 공모전</t>
+  </si>
+  <si>
+    <t>예비 교사의 AI 디지털 기술 기반 교육 콘텐츠 개발 역량 강화</t>
+  </si>
+  <si>
+    <t>초등학생용 교구 개발 과정을 통한 예비 교사의 실무 역량 및 전문성 함양</t>
+  </si>
+  <si>
+    <t>2025. 8. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>학부교육실태조사</t>
+  </si>
+  <si>
+    <t>교육수요자 만족도 조사</t>
+  </si>
+  <si>
+    <t>500여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>800여명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025. 9. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">행사 운영을 위한 부스 진행보조 및 행사장 주변 안전관리 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1회(8시간)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>대학생의 학습과정 전반에 대한 실태 파악</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>교육의 질 개선을 위한 교육수요자 만족도 수준 파악</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>미래교육원 첨단실습실 체험을 통한 재학생 디지털 활용 능력 강화</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>하이터치 하이테크 (HTHT) 교육의 이해 및 활용을 통한 
+HTHT 교육시스템을 활용하여 맞춤형 교육 설계, 
+운영 및 교육 현장 적용 방안</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>(2025. 10. 기준)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>대학생활에 필요한 정보 등을 제공하고 학생의 면담수요에 
+맞춘 지도를 실시하여 안정적이고 빠른 대학생활 적응 지원</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">                       - 수학을 꿈꾸는 아이와 함께 하는 수학 교실
+                       - 쓰담쓰담 국어 클리닉
+                       - 쑥쑥 과학 클리닉</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>부산교육대학교 재학생을 대표하여 교내외 공식 행사 및 대학 홍보 지원</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>매학기별 국외 교환학생의 출신국가 및 성별에 따라 1:1로 짝이 되어, 
+학교생활 적응을 위한 멘토링 프로그램 진행</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>쉽게 이해하는 창업, 생각의 전환으로 그려보는 미래 진로 등</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
       <t>교사 출신 선배의 새로운 진로·창업 스토</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="3"/>
         <charset val="129"/>
       </rPr>
-      <t xml:space="preserve">리를 
-통한 예비교사 역량 강화 </t>
+      <t xml:space="preserve">리를 통한 예비교사 역량 강화 </t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>학부 재학생</t>
-[...201 lines deleted...]
-대상 10</t>
+    <t>가상기업 조직운영으로 기업경영활동에 대한 이해와 스타트업 관리 역량 강화</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>생성형 AI 활용 맞춤형 수업 등으로 디지털 기반의 에듀테크 활용 수업 공유</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>최신 생성형 AI 코스웨어의 기능과 활용법을 익히고, 수업에 적용 방안</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>대학 교수학습 혁신에 관한 설문조사
+(NASEL-i)(NAFET-i)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>예비교사를 위한 에듀테크 활용 교육 
+1:1 집중교육 프로그램</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">2025년 KREON과 함께하는 
+창의융합 보드게임 대축제 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">교내 좋은수업 탐구대회 
+&amp; 비평문쓰기대회 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>AI·디지털 활용 및 메이커 교육 등 다양한 주제로연수 진행</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>초등학생용 교구 개발 과정을 통한 예비 교사의 실무 역량 및 전문성 함양</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">                            - 대인관계증진집단(DISC/푸드테라피)
+                            - 자기탐색집단(미술심리상담)
+                            - 마음챙김집단(요가/싱잉볼명상)
+                            - 자기성장집단(자세교정/자신감증진)
+                            - 자기실현집단(MBTI/타로상담)
+                            - 정서안정집단(원예심리상담)</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">                                    - 교직역량 강화훈련
+                                    - 예비교사 힐링 프로그램</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">                                      - 기조강연 및 특강
+                                      - 부스참여(스탬프투어)
+                                      - 만족도 조사</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2024. 5. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2024. 10. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025. 1. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025. 3. 신규등록</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve">2025. 10. 신규등록 </t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>2024. 8. 신규등록</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">2024.12. 신규등록
+      <t xml:space="preserve">프로그램명 변경
+(폭력예방교육(성폭력, 가정폭력)특강 
 </t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+      </rPr>
+      <t>→ 폭력예방교육
+    (성폭력, 가정폭력, 성매매, 성희롱)및 특강)</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">프로그램명 변경
+(솔리언또래상담프로그램 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+      </rPr>
+      <t>→ 솔리언 또래상담자 양성 및 동료상담 프로그램)</t>
+    </r>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">2024. 12. 신규등록
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
         <color theme="1"/>
         <rFont val="HY엽서M"/>
         <family val="1"/>
         <charset val="129"/>
       </rPr>
       <t>※</t>
     </r>
     <r>
       <rPr>
-        <sz val="11"/>
+        <sz val="9"/>
         <color theme="1"/>
         <rFont val="맑은 고딕"/>
         <family val="2"/>
         <charset val="129"/>
       </rPr>
       <t xml:space="preserve"> 시간기준 마일리지 적용 
 제외 프로그램</t>
     </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
-    <t>기획처</t>
-[...166 lines deleted...]
-각 2명씩 선발하여 1학년 대상 멘토링 진행 </t>
+    <t>이수 강좌별 
+차등 지급</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>10 ~ 15</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4 ~ 32</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> 우수 15
+ 최우수 20</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>참가 2
+장려상 4
+우수상 6 
+최우수상 8
+대상 10</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>8 ~ 10</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>4 ~</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>360명</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">4팀
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="맑은 고딕"/>
+        <family val="3"/>
+        <charset val="129"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(우수/최우수 각 2팀)</t>
+    </r>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
-  <fonts count="12" x14ac:knownFonts="1">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1249,371 +1341,352 @@
       <charset val="129"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="HY엽서M"/>
       <family val="1"/>
       <charset val="129"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="3"/>
       <charset val="129"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="3"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="맑은 고딕"/>
+      <family val="2"/>
+      <charset val="129"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="HY엽서M"/>
       <family val="1"/>
       <charset val="129"/>
     </font>
     <font>
-      <sz val="11"/>
+      <sz val="9"/>
       <color theme="1"/>
       <name val="맑은 고딕"/>
       <family val="2"/>
       <charset val="129"/>
-    </font>
-[...6 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0" tint="-0.249977111117893"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="10">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...39 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
-        <color rgb="FF000000"/>
+      <left style="medium">
+        <color indexed="64"/>
       </left>
-      <right/>
-[...1 lines deleted...]
-        <color rgb="FF000000"/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
       </top>
       <bottom style="thin">
-        <color rgb="FF000000"/>
-[...12 lines deleted...]
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
-      <top style="thin">
+      <top style="medium">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="medium">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
       <right style="thin">
-        <color rgb="FF000000"/>
+        <color indexed="64"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
       <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom/>
+      <bottom style="medium">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
-      <right/>
+      <right style="medium">
+        <color indexed="64"/>
+      </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
-      <bottom style="thin">
-[...34 lines deleted...]
-      <bottom style="thin">
+      <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...37 lines deleted...]
-      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="표준" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FF0000FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
@@ -1863,1693 +1936,1951 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:J53"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:J61"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A48" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D60" sqref="D60"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E5" sqref="E5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="7" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="10" width="28.5" customWidth="1"/>
+    <col min="1" max="1" width="7" style="6" customWidth="1"/>
+    <col min="2" max="2" width="22.625" style="6" customWidth="1"/>
+    <col min="3" max="3" width="35.375" style="6" customWidth="1"/>
+    <col min="4" max="4" width="61.125" style="17" customWidth="1"/>
+    <col min="5" max="5" width="11.5" style="17" customWidth="1"/>
+    <col min="6" max="6" width="14.875" style="6" customWidth="1"/>
+    <col min="7" max="7" width="21.75" style="17" customWidth="1"/>
+    <col min="8" max="9" width="9" style="17"/>
+    <col min="10" max="10" width="35.25" style="6" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" ht="26.25" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B1" s="31" t="s">
+    <row r="1" spans="1:10" ht="47.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="8"/>
+      <c r="B1" s="22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C1" s="22"/>
+      <c r="D1" s="22"/>
+      <c r="E1" s="22"/>
+      <c r="F1" s="22"/>
+      <c r="G1" s="22"/>
+      <c r="H1" s="22"/>
+      <c r="I1" s="22"/>
+      <c r="J1" s="22"/>
+    </row>
+    <row r="2" spans="1:10" ht="17.25" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="20" t="s">
+        <v>240</v>
+      </c>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="20"/>
+      <c r="F2" s="20"/>
+      <c r="G2" s="20"/>
+      <c r="H2" s="20"/>
+      <c r="I2" s="20"/>
+      <c r="J2" s="20"/>
+    </row>
+    <row r="3" spans="1:10" ht="33" x14ac:dyDescent="0.3">
+      <c r="A3" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" s="10" t="s">
+        <v>209</v>
+      </c>
+      <c r="C3" s="10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" s="10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="10" t="s">
+        <v>29</v>
+      </c>
+      <c r="G3" s="10" t="s">
+        <v>41</v>
+      </c>
+      <c r="H3" s="10" t="s">
+        <v>53</v>
+      </c>
+      <c r="I3" s="10" t="s">
+        <v>56</v>
+      </c>
+      <c r="J3" s="11" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="2">
+        <v>1</v>
+      </c>
+      <c r="B4" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C4" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D4" s="16" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" s="3" t="s">
+        <v>82</v>
+      </c>
+      <c r="G4" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" s="16">
+        <v>15</v>
+      </c>
+      <c r="I4" s="3">
+        <v>7131</v>
+      </c>
+      <c r="J4" s="25"/>
+    </row>
+    <row r="5" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="2">
+        <v>2</v>
+      </c>
+      <c r="B5" s="3" t="s">
+        <v>0</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D5" s="16" t="s">
+        <v>241</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F5" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="G5" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" s="16">
+        <v>5</v>
+      </c>
+      <c r="I5" s="3">
+        <v>7134</v>
+      </c>
+      <c r="J5" s="25" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="2">
+        <v>3</v>
+      </c>
+      <c r="B6" s="3" t="s">
+        <v>137</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>138</v>
+      </c>
+      <c r="D6" s="16" t="s">
+        <v>139</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F6" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="G6" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="H6" s="16">
+        <v>10</v>
+      </c>
+      <c r="I6" s="3">
+        <v>7134</v>
+      </c>
+      <c r="J6" s="25"/>
+    </row>
+    <row r="7" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="2">
+        <v>4</v>
+      </c>
+      <c r="B7" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>203</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F7" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G7" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" s="16">
+        <v>10</v>
+      </c>
+      <c r="I7" s="3">
+        <v>7139</v>
+      </c>
+      <c r="J7" s="25" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="2">
+        <v>5</v>
+      </c>
+      <c r="B8" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>2</v>
+      </c>
+      <c r="D8" s="16" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="G8" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" s="16">
+        <v>10</v>
+      </c>
+      <c r="I8" s="3">
+        <v>7117</v>
+      </c>
+      <c r="J8" s="25" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="2">
+        <v>6</v>
+      </c>
+      <c r="B9" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>250</v>
+      </c>
+      <c r="D9" s="16" t="s">
+        <v>109</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F9" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="G9" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H9" s="16">
+        <v>10</v>
+      </c>
+      <c r="I9" s="3">
+        <v>7117</v>
+      </c>
+      <c r="J9" s="25" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="2">
+        <v>7</v>
+      </c>
+      <c r="B10" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="16" t="s">
+        <v>103</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G10" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H10" s="16">
+        <v>10</v>
+      </c>
+      <c r="I10" s="3">
+        <v>7139</v>
+      </c>
+      <c r="J10" s="25" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="2">
+        <v>8</v>
+      </c>
+      <c r="B11" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="D11" s="23" t="s">
+        <v>242</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F11" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G11" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="I11" s="3">
+        <v>7644</v>
+      </c>
+      <c r="J11" s="25" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="2">
+        <v>9</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D12" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>269</v>
+      </c>
+      <c r="I12" s="3">
+        <v>7643</v>
+      </c>
+      <c r="J12" s="25"/>
+    </row>
+    <row r="13" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="2">
+        <v>10</v>
+      </c>
+      <c r="B13" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="H13" s="16">
+        <v>10</v>
+      </c>
+      <c r="I13" s="3">
+        <v>7139</v>
+      </c>
+      <c r="J13" s="25" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="2">
+        <v>11</v>
+      </c>
+      <c r="B14" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D14" s="16" t="s">
+        <v>244</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F14" s="3" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" s="16">
+        <v>10</v>
+      </c>
+      <c r="I14" s="3">
+        <v>7139</v>
+      </c>
+      <c r="J14" s="25" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="2">
+        <v>12</v>
+      </c>
+      <c r="B15" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D15" s="16" t="s">
+        <v>245</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="F15" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G15" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="H15" s="16">
+        <v>4</v>
+      </c>
+      <c r="I15" s="3">
+        <v>7645</v>
+      </c>
+      <c r="J15" s="25" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="2">
+        <v>13</v>
+      </c>
+      <c r="B16" s="3" t="s">
+        <v>152</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="D16" s="16" t="s">
+        <v>246</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F16" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H16" s="16" t="s">
+        <v>156</v>
+      </c>
+      <c r="I16" s="3">
+        <v>7385</v>
+      </c>
+      <c r="J16" s="25" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="2">
+        <v>14</v>
+      </c>
+      <c r="B17" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D17" s="16" t="s">
+        <v>158</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F17" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="G17" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="H17" s="16">
+        <v>10</v>
+      </c>
+      <c r="I17" s="3">
+        <v>7385</v>
+      </c>
+      <c r="J17" s="25" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="2">
+        <v>15</v>
+      </c>
+      <c r="B18" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D18" s="16" t="s">
+        <v>163</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>165</v>
+      </c>
+      <c r="F18" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="G18" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H18" s="16">
+        <v>4</v>
+      </c>
+      <c r="I18" s="3">
+        <v>7385</v>
+      </c>
+      <c r="J18" s="25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="2">
+        <v>16</v>
+      </c>
+      <c r="B19" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="D19" s="16" t="s">
+        <v>164</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F19" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="G19" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="H19" s="16">
+        <v>4</v>
+      </c>
+      <c r="I19" s="3">
+        <v>7385</v>
+      </c>
+      <c r="J19" s="25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="2">
+        <v>17</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>171</v>
+      </c>
+      <c r="F20" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="G20" s="3" t="s">
+        <v>173</v>
+      </c>
+      <c r="H20" s="16">
+        <v>8</v>
+      </c>
+      <c r="I20" s="3">
+        <v>7116</v>
+      </c>
+      <c r="J20" s="25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="2">
+        <v>18</v>
+      </c>
+      <c r="B21" s="3" t="s">
+        <v>174</v>
+      </c>
+      <c r="C21" s="3" t="s">
+        <v>175</v>
+      </c>
+      <c r="D21" s="16" t="s">
+        <v>176</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>177</v>
+      </c>
+      <c r="F21" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="G21" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="H21" s="16">
+        <v>4</v>
+      </c>
+      <c r="I21" s="3">
+        <v>7644</v>
+      </c>
+      <c r="J21" s="25" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="2">
+        <v>19</v>
+      </c>
+      <c r="B22" s="3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D22" s="16" t="s">
+        <v>247</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F22" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="G22" s="3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H22" s="16">
+        <v>10</v>
+      </c>
+      <c r="I22" s="3">
+        <v>7385</v>
+      </c>
+      <c r="J22" s="25" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="2">
+        <v>20</v>
+      </c>
+      <c r="B23" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="D23" s="4" t="s">
+        <v>236</v>
+      </c>
+      <c r="E23" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="G23" s="16" t="s">
+        <v>232</v>
+      </c>
+      <c r="H23" s="16">
+        <v>10</v>
+      </c>
+      <c r="I23" s="5">
+        <v>7644</v>
+      </c>
+      <c r="J23" s="26" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="2">
+        <v>21</v>
+      </c>
+      <c r="B24" s="16" t="s">
+        <v>120</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="D24" s="4" t="s">
+        <v>237</v>
+      </c>
+      <c r="E24" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="G24" s="16" t="s">
+        <v>232</v>
+      </c>
+      <c r="H24" s="16">
+        <v>10</v>
+      </c>
+      <c r="I24" s="5">
+        <v>7644</v>
+      </c>
+      <c r="J24" s="26" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="2">
+        <v>22</v>
+      </c>
+      <c r="B25" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="D25" s="16" t="s">
+        <v>248</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G25" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="H25" s="15" t="s">
+        <v>268</v>
+      </c>
+      <c r="I25" s="3">
+        <v>7387</v>
+      </c>
+      <c r="J25" s="25" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="2">
+        <v>23</v>
+      </c>
+      <c r="B26" s="21" t="s">
+        <v>195</v>
+      </c>
+      <c r="C26" s="16" t="s">
+        <v>197</v>
+      </c>
+      <c r="D26" s="16" t="s">
+        <v>249</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F26" s="3" t="s">
+        <v>201</v>
+      </c>
+      <c r="G26" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="H26" s="4">
+        <v>20</v>
+      </c>
+      <c r="I26" s="3">
+        <v>7387</v>
+      </c>
+      <c r="J26" s="25" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="2">
+        <v>24</v>
+      </c>
+      <c r="B27" s="21"/>
+      <c r="C27" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D27" s="16" t="s">
+        <v>239</v>
+      </c>
+      <c r="E27" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F27" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="G27" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="H27" s="4">
+        <v>10</v>
+      </c>
+      <c r="I27" s="3">
+        <v>7387</v>
+      </c>
+      <c r="J27" s="25" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="2">
+        <v>25</v>
+      </c>
+      <c r="B28" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>252</v>
+      </c>
+      <c r="D28" s="16" t="s">
+        <v>234</v>
+      </c>
+      <c r="E28" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="G28" s="3" t="s">
+        <v>235</v>
+      </c>
+      <c r="H28" s="4">
+        <v>8</v>
+      </c>
+      <c r="I28" s="3">
+        <v>7382</v>
+      </c>
+      <c r="J28" s="25" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="2">
+        <v>26</v>
+      </c>
+      <c r="B29" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="D29" s="16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F29" s="3" t="s">
+        <v>33</v>
+      </c>
+      <c r="G29" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H29" s="16" t="s">
+        <v>270</v>
+      </c>
+      <c r="I29" s="3">
+        <v>7156</v>
+      </c>
+      <c r="J29" s="25"/>
+    </row>
+    <row r="30" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="2">
+        <v>27</v>
+      </c>
+      <c r="B30" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="D30" s="16" t="s">
+        <v>111</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F30" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H30" s="16">
+        <v>4</v>
+      </c>
+      <c r="I30" s="3">
+        <v>7156</v>
+      </c>
+      <c r="J30" s="25"/>
+    </row>
+    <row r="31" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="2">
+        <v>28</v>
+      </c>
+      <c r="B31" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D31" s="16" t="s">
+        <v>112</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F31" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G31" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H31" s="16">
+        <v>10</v>
+      </c>
+      <c r="I31" s="3">
+        <v>7151</v>
+      </c>
+      <c r="J31" s="25" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="2">
+        <v>29</v>
+      </c>
+      <c r="B32" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D32" s="16" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F32" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="G32" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H32" s="16">
+        <v>10</v>
+      </c>
+      <c r="I32" s="3">
+        <v>7151</v>
+      </c>
+      <c r="J32" s="25" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="33" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="2">
+        <v>30</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>76</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>77</v>
+      </c>
+      <c r="D33" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F33" s="3" t="s">
+        <v>80</v>
+      </c>
+      <c r="G33" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H33" s="16">
+        <v>15</v>
+      </c>
+      <c r="I33" s="3">
+        <v>7156</v>
+      </c>
+      <c r="J33" s="25"/>
+    </row>
+    <row r="34" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="2">
+        <v>31</v>
+      </c>
+      <c r="B34" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="D34" s="16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F34" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G34" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H34" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="I34" s="3">
+        <v>7197</v>
+      </c>
+      <c r="J34" s="25"/>
+    </row>
+    <row r="35" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="2">
+        <v>32</v>
+      </c>
+      <c r="B35" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" s="16" t="s">
+        <v>105</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" s="3" t="s">
+        <v>150</v>
+      </c>
+      <c r="G35" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H35" s="16" t="s">
+        <v>55</v>
+      </c>
+      <c r="I35" s="3">
+        <v>7197</v>
+      </c>
+      <c r="J35" s="25"/>
+    </row>
+    <row r="36" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="2">
+        <v>33</v>
+      </c>
+      <c r="B36" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>84</v>
+      </c>
+      <c r="D36" s="16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F36" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G36" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H36" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="I36" s="3">
+        <v>7199</v>
+      </c>
+      <c r="J36" s="25" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="37" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="2">
+        <v>34</v>
+      </c>
+      <c r="B37" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" s="16" t="s">
+        <v>106</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F37" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G37" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H37" s="16" t="s">
+        <v>86</v>
+      </c>
+      <c r="I37" s="3">
+        <v>7199</v>
+      </c>
+      <c r="J37" s="25" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="38" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="2">
+        <v>35</v>
+      </c>
+      <c r="B38" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="D38" s="16" t="s">
+        <v>134</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F38" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G38" s="3" t="s">
+        <v>129</v>
+      </c>
+      <c r="H38" s="16">
+        <v>10</v>
+      </c>
+      <c r="I38" s="3">
+        <v>7535</v>
+      </c>
+      <c r="J38" s="27"/>
+    </row>
+    <row r="39" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="2">
+        <v>36</v>
+      </c>
+      <c r="B39" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D39" s="16" t="s">
+        <v>254</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F39" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="G39" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H39" s="16">
+        <v>4</v>
+      </c>
+      <c r="I39" s="3">
+        <v>7535</v>
+      </c>
+      <c r="J39" s="27"/>
+    </row>
+    <row r="40" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="2">
+        <v>37</v>
+      </c>
+      <c r="B40" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="D40" s="16" t="s">
+        <v>132</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>79</v>
+      </c>
+      <c r="F40" s="3" t="s">
+        <v>276</v>
+      </c>
+      <c r="G40" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H40" s="12" t="s">
+        <v>271</v>
+      </c>
+      <c r="I40" s="3">
+        <v>7535</v>
+      </c>
+      <c r="J40" s="27"/>
+    </row>
+    <row r="41" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="2">
+        <v>38</v>
+      </c>
+      <c r="B41" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="C41" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D41" s="16" t="s">
+        <v>145</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F41" s="3" t="s">
+        <v>147</v>
+      </c>
+      <c r="G41" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H41" s="16">
+        <v>10</v>
+      </c>
+      <c r="I41" s="3">
+        <v>7195</v>
+      </c>
+      <c r="J41" s="25" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="42" spans="1:10" ht="76.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="2">
+        <v>39</v>
+      </c>
+      <c r="B42" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>186</v>
+      </c>
+      <c r="D42" s="16" t="s">
+        <v>205</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>187</v>
+      </c>
+      <c r="F42" s="3" t="s">
+        <v>188</v>
+      </c>
+      <c r="G42" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="H42" s="12" t="s">
+        <v>272</v>
+      </c>
+      <c r="I42" s="3">
+        <v>7199</v>
+      </c>
+      <c r="J42" s="28" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="43" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="2">
+        <v>40</v>
+      </c>
+      <c r="B43" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="D43" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F43" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G43" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="H43" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="I43" s="3">
+        <v>7195</v>
+      </c>
+      <c r="J43" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="44" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="2">
+        <v>41</v>
+      </c>
+      <c r="B44" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>218</v>
+      </c>
+      <c r="D44" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F44" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G44" s="3" t="s">
+        <v>221</v>
+      </c>
+      <c r="H44" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="I44" s="3">
+        <v>7195</v>
+      </c>
+      <c r="J44" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="45" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="2">
+        <v>42</v>
+      </c>
+      <c r="B45" s="3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="D45" s="4" t="s">
+        <v>238</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="F45" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="G45" s="3" t="s">
+        <v>222</v>
+      </c>
+      <c r="H45" s="16">
+        <v>2</v>
+      </c>
+      <c r="I45" s="3">
+        <v>7195</v>
+      </c>
+      <c r="J45" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="46" spans="1:10" s="6" customFormat="1" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="2">
+        <v>43</v>
+      </c>
+      <c r="B46" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C46" s="16" t="s">
+        <v>217</v>
+      </c>
+      <c r="D46" s="16" t="s">
+        <v>225</v>
+      </c>
+      <c r="E46" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G46" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="H46" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="I46" s="5">
+        <v>7195</v>
+      </c>
+      <c r="J46" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="47" spans="1:10" s="6" customFormat="1" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="2">
+        <v>44</v>
+      </c>
+      <c r="B47" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="D47" s="16" t="s">
+        <v>226</v>
+      </c>
+      <c r="E47" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G47" s="16" t="s">
+        <v>133</v>
+      </c>
+      <c r="H47" s="16" t="s">
+        <v>223</v>
+      </c>
+      <c r="I47" s="5">
+        <v>7195</v>
+      </c>
+      <c r="J47" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="48" spans="1:10" s="6" customFormat="1" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="2">
+        <v>45</v>
+      </c>
+      <c r="B48" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="D48" s="16" t="s">
+        <v>238</v>
+      </c>
+      <c r="E48" s="16" t="s">
+        <v>23</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="G48" s="16" t="s">
+        <v>222</v>
+      </c>
+      <c r="H48" s="16">
+        <v>2</v>
+      </c>
+      <c r="I48" s="5">
+        <v>7195</v>
+      </c>
+      <c r="J48" s="25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="49" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="2">
+        <v>46</v>
+      </c>
+      <c r="B49" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C49" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="D49" s="16" t="s">
+        <v>115</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F49" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="G49" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H49" s="16" t="s">
+        <v>273</v>
+      </c>
+      <c r="I49" s="3">
+        <v>7196</v>
+      </c>
+      <c r="J49" s="25"/>
+    </row>
+    <row r="50" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="2">
+        <v>47</v>
+      </c>
+      <c r="B50" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C50" s="3" t="s">
+        <v>88</v>
+      </c>
+      <c r="D50" s="16" t="s">
+        <v>117</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F50" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="G50" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="H50" s="16">
+        <v>15</v>
+      </c>
+      <c r="I50" s="3">
+        <v>7196</v>
+      </c>
+      <c r="J50" s="30" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="2">
+        <v>48</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" s="16" t="s">
+        <v>89</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F51" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="G51" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H51" s="16">
+        <v>10</v>
+      </c>
+      <c r="I51" s="3">
+        <v>7196</v>
+      </c>
+      <c r="J51" s="25"/>
+    </row>
+    <row r="52" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="2">
+        <v>49</v>
+      </c>
+      <c r="B52" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C52" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D52" s="21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F52" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="G52" s="3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H52" s="16">
+        <v>8</v>
+      </c>
+      <c r="I52" s="3">
+        <v>7191</v>
+      </c>
+      <c r="J52" s="26"/>
+    </row>
+    <row r="53" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="2">
+        <v>50</v>
+      </c>
+      <c r="B53" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C53" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D53" s="21"/>
+      <c r="E53" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F53" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="G53" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H53" s="16">
+        <v>4</v>
+      </c>
+      <c r="I53" s="3">
+        <v>7191</v>
+      </c>
+      <c r="J53" s="26"/>
+    </row>
+    <row r="54" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="2">
+        <v>51</v>
+      </c>
+      <c r="B54" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D54" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F54" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="G54" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H54" s="16" t="s">
+        <v>274</v>
+      </c>
+      <c r="I54" s="3">
+        <v>7196</v>
+      </c>
+      <c r="J54" s="26"/>
+    </row>
+    <row r="55" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="2">
+        <v>52</v>
+      </c>
+      <c r="B55" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C55" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D55" s="16" t="s">
         <v>118</v>
       </c>
-      <c r="C1" s="31"/>
-[...23 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="E55" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F55" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G55" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H55" s="16">
+        <v>4</v>
+      </c>
+      <c r="I55" s="3">
+        <v>7198</v>
+      </c>
+      <c r="J55" s="30" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="56" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="2">
+        <v>53</v>
+      </c>
+      <c r="B56" s="3" t="s">
         <v>63</v>
       </c>
-      <c r="B3" s="2" t="s">
-[...17 lines deleted...]
-      <c r="H3" s="2" t="s">
+      <c r="C56" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="D56" s="16" t="s">
+        <v>119</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F56" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="G56" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H56" s="16">
+        <v>4</v>
+      </c>
+      <c r="I56" s="3">
+        <v>7191</v>
+      </c>
+      <c r="J56" s="25"/>
+    </row>
+    <row r="57" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="2">
+        <v>54</v>
+      </c>
+      <c r="B57" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C57" s="3" t="s">
+        <v>19</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F57" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="G57" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H57" s="16">
+        <v>6</v>
+      </c>
+      <c r="I57" s="3">
+        <v>7191</v>
+      </c>
+      <c r="J57" s="26"/>
+    </row>
+    <row r="58" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="2">
+        <v>55</v>
+      </c>
+      <c r="B58" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>94</v>
+      </c>
+      <c r="D58" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="I3" s="3" t="s">
-[...90 lines deleted...]
-      <c r="H6" s="6">
+      <c r="G58" s="3" t="s">
+        <v>97</v>
+      </c>
+      <c r="H58" s="16">
+        <v>4</v>
+      </c>
+      <c r="I58" s="5">
+        <v>7198</v>
+      </c>
+      <c r="J58" s="26"/>
+    </row>
+    <row r="59" spans="1:10" ht="54.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="2">
+        <v>56</v>
+      </c>
+      <c r="B59" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C59" s="3" t="s">
+        <v>207</v>
+      </c>
+      <c r="D59" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>180</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="G59" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H59" s="16">
         <v>10</v>
       </c>
-      <c r="I6" s="6">
-[...5 lines deleted...]
-      <c r="A7" s="4">
+      <c r="I59" s="5">
+        <v>7196</v>
+      </c>
+      <c r="J59" s="26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="60" spans="1:10" ht="98.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="2">
+        <v>57</v>
+      </c>
+      <c r="B60" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C60" s="3" t="s">
+        <v>206</v>
+      </c>
+      <c r="D60" s="23" t="s">
+        <v>256</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="G60" s="3" t="s">
+        <v>185</v>
+      </c>
+      <c r="H60" s="16">
         <v>4</v>
       </c>
-      <c r="B7" s="8" t="s">
-[...17 lines deleted...]
-      <c r="H7" s="9">
+      <c r="I60" s="5">
+        <v>7196</v>
+      </c>
+      <c r="J60" s="26" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="61" spans="1:10" s="1" customFormat="1" ht="54.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A61" s="18">
+        <v>58</v>
+      </c>
+      <c r="B61" s="13" t="s">
+        <v>210</v>
+      </c>
+      <c r="C61" s="13" t="s">
+        <v>211</v>
+      </c>
+      <c r="D61" s="19" t="s">
+        <v>215</v>
+      </c>
+      <c r="E61" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="F61" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="G61" s="13" t="s">
+        <v>214</v>
+      </c>
+      <c r="H61" s="13">
         <v>10</v>
       </c>
-      <c r="I7" s="6">
-[...1404 lines deleted...]
-      <c r="J52" s="16" t="s">
+      <c r="I61" s="14">
+        <v>7654</v>
+      </c>
+      <c r="J61" s="29" t="s">
         <v>212</v>
       </c>
     </row>
-    <row r="53" spans="1:10" s="33" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A3:J52"/>
+  <autoFilter ref="A3:J60" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="4">
     <mergeCell ref="A2:J2"/>
-    <mergeCell ref="D44:D45"/>
-[...1 lines deleted...]
-    <mergeCell ref="B1:I1"/>
+    <mergeCell ref="D52:D53"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="B1:J1"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>워크시트</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>비교과 프로그램 목록</vt:lpstr>